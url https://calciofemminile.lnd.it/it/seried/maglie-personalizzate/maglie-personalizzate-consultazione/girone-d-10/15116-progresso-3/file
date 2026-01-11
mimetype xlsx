--- v0 (2025-12-05)
+++ v1 (2026-01-11)
@@ -4,71 +4,71 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr date1904="1"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/81a44e98ca5e918f/Desktop/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/81a44e98ca5e918f/Documenti/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{71C6ECB4-0795-4ABB-A5DE-AE11DACA284C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3861C816-84AA-4682-A42B-A115B1FAF547}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="500" xr2:uid="{2A4F3D2C-65FB-43D7-9C82-FEFBB24DD940}"/>
   </bookViews>
   <sheets>
     <sheet name="MODULO MAGLIE 20-21" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028" iterateDelta="1E-4"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="137" uniqueCount="68">
   <si>
     <t>LEGA NAZIONALE DILETTANTI - DIPARTIMENTO INTERREGIONALE</t>
   </si>
   <si>
     <t xml:space="preserve"> SQUADRA</t>
   </si>
   <si>
     <t>COGNOME</t>
   </si>
   <si>
     <t>NOME</t>
   </si>
   <si>
     <t>NUMERO</t>
   </si>
   <si>
     <t>NOME SU MAGLIA</t>
   </si>
   <si>
     <t>PROGRESSO CALCIO</t>
   </si>
   <si>
     <t>ROCCIA</t>
   </si>
   <si>
@@ -161,56 +161,50 @@
   <si>
     <t>SAMUEL</t>
   </si>
   <si>
     <t>SAVERIO</t>
   </si>
   <si>
     <t>BARBARO S.</t>
   </si>
   <si>
     <t>ELMI</t>
   </si>
   <si>
     <t>CAVINI</t>
   </si>
   <si>
     <t>ZATTONI</t>
   </si>
   <si>
     <t>ARIEL GONZALO</t>
   </si>
   <si>
     <t>DEL BIANCO</t>
   </si>
   <si>
-    <t>GUIDI</t>
-[...4 lines deleted...]
-  <si>
     <t>CALABRESE</t>
   </si>
   <si>
     <t>ANTONIO</t>
   </si>
   <si>
     <t>CORTESI</t>
   </si>
   <si>
     <t>MACCHI</t>
   </si>
   <si>
     <t>LEONARDO</t>
   </si>
   <si>
     <t>DANDINI T.</t>
   </si>
   <si>
     <t>DANDINI A.</t>
   </si>
   <si>
     <t>SANTONI</t>
   </si>
   <si>
     <t>NICHOLAS</t>
@@ -221,57 +215,63 @@
   <si>
     <t>PIETRO</t>
   </si>
   <si>
     <t>MEZZADRI MAJANI</t>
   </si>
   <si>
     <t>KOLA</t>
   </si>
   <si>
     <t>DAVID</t>
   </si>
   <si>
     <t>ODALO</t>
   </si>
   <si>
     <t>GIOVANNI</t>
   </si>
   <si>
     <t>BELCASTRO</t>
   </si>
   <si>
     <t>LUCA</t>
   </si>
   <si>
-    <t>MOLINARI</t>
-[...1 lines deleted...]
-  <si>
     <t>MASCOLO</t>
   </si>
   <si>
     <t>NICOLA</t>
+  </si>
+  <si>
+    <t>LUCANTONIO</t>
+  </si>
+  <si>
+    <t>MINELLI</t>
+  </si>
+  <si>
+    <t>LEO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Helvetica Neue"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
@@ -975,52 +975,52 @@
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{76EEE7DB-FC91-4039-B048-04875C6224A9}">
   <dimension ref="A2:E44"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A33" workbookViewId="0">
-      <selection activeCell="G43" sqref="G43"/>
+    <sheetView tabSelected="1" topLeftCell="A18" workbookViewId="0">
+      <selection activeCell="E25" sqref="E25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.5546875" defaultRowHeight="13.2"/>
   <cols>
     <col min="1" max="1" width="18.109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.6640625" style="1" customWidth="1"/>
     <col min="3" max="3" width="22.109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="11.5546875" style="1"/>
     <col min="5" max="5" width="21.5546875" style="1" customWidth="1"/>
     <col min="6" max="16384" width="11.5546875" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:5" ht="15.75" customHeight="1">
       <c r="A2" s="15" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="15"/>
       <c r="C2" s="15"/>
       <c r="D2" s="15"/>
       <c r="E2" s="15"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="16"/>
       <c r="B3" s="16"/>
       <c r="C3" s="16"/>
@@ -1251,51 +1251,51 @@
       </c>
       <c r="C19" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D19" s="7">
         <v>12</v>
       </c>
       <c r="E19" s="11" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="19.95" customHeight="1">
       <c r="A20" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>19</v>
       </c>
       <c r="D20" s="5">
         <v>13</v>
       </c>
       <c r="E20" s="10" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="19.95" customHeight="1">
       <c r="A21" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B21" s="7" t="s">
         <v>41</v>
       </c>
       <c r="C21" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D21" s="7">
         <v>14</v>
       </c>
       <c r="E21" s="11" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="19.95" customHeight="1">
       <c r="A22" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>23</v>
@@ -1327,313 +1327,311 @@
         <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="19.95" customHeight="1">
       <c r="A24" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>44</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D24" s="5">
         <v>18</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="19.95" customHeight="1">
       <c r="A25" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B25" s="7" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="C25" s="7" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
       <c r="D25" s="7">
         <v>19</v>
       </c>
-      <c r="E25" s="11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E25" s="11"/>
     </row>
     <row r="26" spans="1:5" ht="19.95" customHeight="1">
       <c r="A26" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D26" s="5">
         <v>20</v>
       </c>
       <c r="E26" s="10" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="19.95" customHeight="1">
       <c r="A27" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B27" s="7" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="7">
         <v>21</v>
       </c>
       <c r="E27" s="11" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="19.95" customHeight="1">
       <c r="A28" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D28" s="5">
         <v>22</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="19.95" customHeight="1">
       <c r="A29" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D29" s="7">
         <v>23</v>
       </c>
       <c r="E29" s="11" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="19.95" customHeight="1">
       <c r="A30" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D30" s="5">
         <v>24</v>
       </c>
       <c r="E30" s="10" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="19.95" customHeight="1">
       <c r="A31" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B31" s="7" t="s">
         <v>18</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D31" s="7">
         <v>25</v>
       </c>
       <c r="E31" s="11" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="19.95" customHeight="1">
       <c r="A32" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D32" s="5">
         <v>26</v>
       </c>
       <c r="E32" s="10" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="19.95" customHeight="1">
       <c r="A33" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B33" s="7" t="s">
         <v>25</v>
       </c>
       <c r="C33" s="7" t="s">
         <v>26</v>
       </c>
       <c r="D33" s="7">
         <v>27</v>
       </c>
       <c r="E33" s="11" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:5" ht="19.95" customHeight="1">
       <c r="A34" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D34" s="5">
         <v>28</v>
       </c>
       <c r="E34" s="10" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="19.95" customHeight="1">
       <c r="A35" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B35" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D35" s="7">
         <v>29</v>
       </c>
       <c r="E35" s="8" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:5" ht="19.95" customHeight="1">
       <c r="A36" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="D36" s="5">
         <v>30</v>
       </c>
       <c r="E36" s="6" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
     </row>
     <row r="37" spans="1:5" ht="19.95" customHeight="1">
       <c r="A37" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B37" s="7" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D37" s="7">
         <v>15</v>
       </c>
       <c r="E37" s="8" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
     </row>
     <row r="38" spans="1:5" ht="19.95" customHeight="1">
       <c r="A38" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="D38" s="5">
         <v>31</v>
       </c>
       <c r="E38" s="6" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
     </row>
     <row r="39" spans="1:5" ht="19.95" customHeight="1">
       <c r="A39" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B39" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C39" s="7" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="D39" s="7">
         <v>3</v>
       </c>
       <c r="E39" s="8"/>
     </row>
     <row r="40" spans="1:5" ht="19.95" customHeight="1">
       <c r="A40" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B40" s="7" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="D40" s="7">
         <v>32</v>
       </c>
       <c r="E40" s="11" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
     </row>
     <row r="41" spans="1:5" ht="19.95" customHeight="1">
       <c r="A41" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B41" s="5"/>
       <c r="C41" s="5"/>
       <c r="D41" s="5"/>
       <c r="E41" s="10"/>
     </row>
     <row r="42" spans="1:5" ht="19.95" customHeight="1">
       <c r="A42" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B42" s="7"/>
       <c r="C42" s="7"/>
       <c r="D42" s="7"/>
       <c r="E42" s="11"/>
     </row>
     <row r="43" spans="1:5" ht="19.95" customHeight="1">
       <c r="A43" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B43" s="5"/>