--- v1 (2026-01-11)
+++ v2 (2026-02-01)
@@ -4,71 +4,71 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr date1904="1"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/81a44e98ca5e918f/Documenti/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/81a44e98ca5e918f/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3861C816-84AA-4682-A42B-A115B1FAF547}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7FA97A25-1DFC-4A54-B863-1D138DF0498F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="500" xr2:uid="{2A4F3D2C-65FB-43D7-9C82-FEFBB24DD940}"/>
   </bookViews>
   <sheets>
     <sheet name="MODULO MAGLIE 20-21" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028" iterateDelta="1E-4"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="137" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="66">
   <si>
     <t>LEGA NAZIONALE DILETTANTI - DIPARTIMENTO INTERREGIONALE</t>
   </si>
   <si>
     <t xml:space="preserve"> SQUADRA</t>
   </si>
   <si>
     <t>COGNOME</t>
   </si>
   <si>
     <t>NOME</t>
   </si>
   <si>
     <t>NUMERO</t>
   </si>
   <si>
     <t>NOME SU MAGLIA</t>
   </si>
   <si>
     <t>PROGRESSO CALCIO</t>
   </si>
   <si>
     <t>ROCCIA</t>
   </si>
   <si>
@@ -152,126 +152,120 @@
   <si>
     <t>GIOVANE</t>
   </si>
   <si>
     <t>BONETTI</t>
   </si>
   <si>
     <t>BORTOLOTTI</t>
   </si>
   <si>
     <t>SAMUEL</t>
   </si>
   <si>
     <t>SAVERIO</t>
   </si>
   <si>
     <t>BARBARO S.</t>
   </si>
   <si>
     <t>ELMI</t>
   </si>
   <si>
     <t>CAVINI</t>
   </si>
   <si>
-    <t>ZATTONI</t>
-[...4 lines deleted...]
-  <si>
     <t>DEL BIANCO</t>
   </si>
   <si>
     <t>CALABRESE</t>
   </si>
   <si>
     <t>ANTONIO</t>
   </si>
   <si>
     <t>CORTESI</t>
   </si>
   <si>
     <t>MACCHI</t>
   </si>
   <si>
     <t>LEONARDO</t>
   </si>
   <si>
     <t>DANDINI T.</t>
   </si>
   <si>
     <t>DANDINI A.</t>
   </si>
   <si>
     <t>SANTONI</t>
   </si>
   <si>
     <t>NICHOLAS</t>
   </si>
   <si>
     <t>MEZZADRI</t>
   </si>
   <si>
     <t>PIETRO</t>
   </si>
   <si>
     <t>MEZZADRI MAJANI</t>
   </si>
   <si>
     <t>KOLA</t>
   </si>
   <si>
     <t>DAVID</t>
   </si>
   <si>
-    <t>ODALO</t>
-[...4 lines deleted...]
-  <si>
     <t>BELCASTRO</t>
   </si>
   <si>
     <t>LUCA</t>
   </si>
   <si>
     <t>MASCOLO</t>
   </si>
   <si>
     <t>NICOLA</t>
   </si>
   <si>
     <t>LUCANTONIO</t>
   </si>
   <si>
     <t>MINELLI</t>
   </si>
   <si>
-    <t>LEO</t>
+    <t xml:space="preserve">LEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASCOLO L. </t>
+  </si>
+  <si>
+    <t>CATALDI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Helvetica Neue"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
@@ -975,52 +969,52 @@
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{76EEE7DB-FC91-4039-B048-04875C6224A9}">
   <dimension ref="A2:E44"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A18" workbookViewId="0">
-      <selection activeCell="E25" sqref="E25"/>
+    <sheetView tabSelected="1" topLeftCell="A29" workbookViewId="0">
+      <selection activeCell="J36" sqref="J36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.5546875" defaultRowHeight="13.2"/>
   <cols>
     <col min="1" max="1" width="18.109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.6640625" style="1" customWidth="1"/>
     <col min="3" max="3" width="22.109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="11.5546875" style="1"/>
     <col min="5" max="5" width="21.5546875" style="1" customWidth="1"/>
     <col min="6" max="16384" width="11.5546875" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:5" ht="15.75" customHeight="1">
       <c r="A2" s="15" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="15"/>
       <c r="C2" s="15"/>
       <c r="D2" s="15"/>
       <c r="E2" s="15"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="16"/>
       <c r="B3" s="16"/>
       <c r="C3" s="16"/>
@@ -1251,387 +1245,385 @@
       </c>
       <c r="C19" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D19" s="7">
         <v>12</v>
       </c>
       <c r="E19" s="11" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="19.95" customHeight="1">
       <c r="A20" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>19</v>
       </c>
       <c r="D20" s="5">
         <v>13</v>
       </c>
       <c r="E20" s="10" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="19.95" customHeight="1">
       <c r="A21" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B21" s="7" t="s">
         <v>41</v>
       </c>
       <c r="C21" s="7" t="s">
         <v>27</v>
       </c>
       <c r="D21" s="7">
         <v>14</v>
       </c>
       <c r="E21" s="11" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="19.95" customHeight="1">
       <c r="A22" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D22" s="5">
         <v>16</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="19.95" customHeight="1">
       <c r="A23" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B23" s="7" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="C23" s="7" t="s">
-        <v>43</v>
+        <v>63</v>
       </c>
       <c r="D23" s="7">
         <v>17</v>
       </c>
       <c r="E23" s="11" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="19.95" customHeight="1">
       <c r="A24" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D24" s="5">
         <v>18</v>
       </c>
       <c r="E24" s="10" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="19.95" customHeight="1">
       <c r="A25" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="B25" s="7" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B25" s="7"/>
+      <c r="C25" s="7"/>
       <c r="D25" s="7">
         <v>19</v>
       </c>
       <c r="E25" s="11"/>
     </row>
     <row r="26" spans="1:5" ht="19.95" customHeight="1">
       <c r="A26" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D26" s="5">
         <v>20</v>
       </c>
       <c r="E26" s="10" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="19.95" customHeight="1">
       <c r="A27" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B27" s="7" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="7">
         <v>21</v>
       </c>
       <c r="E27" s="11" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="19.95" customHeight="1">
       <c r="A28" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D28" s="5">
         <v>22</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="19.95" customHeight="1">
       <c r="A29" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D29" s="7">
         <v>23</v>
       </c>
       <c r="E29" s="11" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="19.95" customHeight="1">
       <c r="A30" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D30" s="5">
         <v>24</v>
       </c>
       <c r="E30" s="10" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="19.95" customHeight="1">
       <c r="A31" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B31" s="7" t="s">
         <v>18</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D31" s="7">
         <v>25</v>
       </c>
       <c r="E31" s="11" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="19.95" customHeight="1">
       <c r="A32" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D32" s="5">
         <v>26</v>
       </c>
       <c r="E32" s="10" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="19.95" customHeight="1">
       <c r="A33" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B33" s="7" t="s">
         <v>25</v>
       </c>
       <c r="C33" s="7" t="s">
         <v>26</v>
       </c>
       <c r="D33" s="7">
         <v>27</v>
       </c>
       <c r="E33" s="11" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:5" ht="19.95" customHeight="1">
       <c r="A34" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D34" s="5">
         <v>28</v>
       </c>
       <c r="E34" s="10" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="19.95" customHeight="1">
       <c r="A35" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B35" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>29</v>
       </c>
       <c r="D35" s="7">
         <v>29</v>
       </c>
       <c r="E35" s="8" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:5" ht="19.95" customHeight="1">
       <c r="A36" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D36" s="5">
         <v>30</v>
       </c>
       <c r="E36" s="6" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="37" spans="1:5" ht="19.95" customHeight="1">
       <c r="A37" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B37" s="7" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>60</v>
+        <v>13</v>
       </c>
       <c r="D37" s="7">
         <v>15</v>
       </c>
       <c r="E37" s="8" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
     </row>
     <row r="38" spans="1:5" ht="19.95" customHeight="1">
       <c r="A38" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D38" s="5">
         <v>31</v>
       </c>
       <c r="E38" s="6" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
     </row>
     <row r="39" spans="1:5" ht="19.95" customHeight="1">
       <c r="A39" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B39" s="7" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D39" s="7">
         <v>3</v>
       </c>
-      <c r="E39" s="8"/>
+      <c r="E39" s="8" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="40" spans="1:5" ht="19.95" customHeight="1">
       <c r="A40" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B40" s="7" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D40" s="7">
         <v>32</v>
       </c>
       <c r="E40" s="11" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
     </row>
     <row r="41" spans="1:5" ht="19.95" customHeight="1">
       <c r="A41" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B41" s="5"/>
       <c r="C41" s="5"/>
       <c r="D41" s="5"/>
       <c r="E41" s="10"/>
     </row>
     <row r="42" spans="1:5" ht="19.95" customHeight="1">
       <c r="A42" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B42" s="7"/>
       <c r="C42" s="7"/>
       <c r="D42" s="7"/>
       <c r="E42" s="11"/>
     </row>
     <row r="43" spans="1:5" ht="19.95" customHeight="1">
       <c r="A43" s="9" t="s">
         <v>6</v>
       </c>
       <c r="B43" s="5"/>